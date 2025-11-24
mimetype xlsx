--- v0 (2025-10-01)
+++ v1 (2025-11-24)
@@ -1,69 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
-  <Override PartName="/xl/commentsmeta0" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\AmyCurrie\DPC Dropbox\Amy Currie\DPC Shared Folder\Workforce Development\CompetencyFramework\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{446FD3B3-6036-441A-A5A1-9720A4BAA286}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{849EA12E-B689-44D7-BD51-F08E7061DFAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2220" yWindow="1665" windowWidth="17115" windowHeight="12975" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="780" yWindow="780" windowWidth="25170" windowHeight="15090" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Audit and Development Planning" sheetId="1" r:id="rId1"/>
     <sheet name="Role Description Assessment" sheetId="2" r:id="rId2"/>
     <sheet name="Skill Levels" sheetId="3" r:id="rId3"/>
     <sheet name="Governance etc." sheetId="4" r:id="rId4"/>
     <sheet name="Comms &amp; Advocacy" sheetId="5" r:id="rId5"/>
     <sheet name="Info Technology" sheetId="6" r:id="rId6"/>
     <sheet name="Legal &amp; Social" sheetId="7" r:id="rId7"/>
     <sheet name="Digital Preservation" sheetId="8" r:id="rId8"/>
     <sheet name="PickList" sheetId="9" state="hidden" r:id="rId9"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -138,84 +135,50 @@
   <c r="I26" i="2"/>
   <c r="I25" i="2"/>
   <c r="I24" i="2"/>
   <c r="I23" i="2"/>
   <c r="I22" i="2"/>
   <c r="I21" i="2"/>
   <c r="I20" i="2"/>
   <c r="I19" i="2"/>
   <c r="I18" i="2"/>
   <c r="I17" i="2"/>
   <c r="I15" i="2"/>
   <c r="I14" i="2"/>
   <c r="I13" i="2"/>
   <c r="I12" i="2"/>
   <c r="I11" i="2"/>
   <c r="I10" i="2"/>
   <c r="I9" i="2"/>
   <c r="I8" i="2"/>
   <c r="I7" i="2"/>
   <c r="I6" i="2"/>
   <c r="I5" i="2"/>
   <c r="I4" i="2"/>
   <c r="I3" i="2"/>
   <c r="I2" i="2"/>
 </calcChain>
-</file>
-[...32 lines deleted...]
-</comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="327" uniqueCount="226">
   <si>
     <t>Skill Area</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Skill Element</t>
   </si>
   <si>
     <t>Relevant to Role?</t>
   </si>
   <si>
     <t>Current Skill Level - Number</t>
   </si>
   <si>
     <t>Current Skill Level - Text</t>
   </si>
   <si>
     <t>Target Skill Level - Number (optional)</t>
   </si>
@@ -1303,154 +1266,150 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFA5A5A5"/>
           <bgColor rgb="FFA5A5A5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFA5A5A5"/>
           <bgColor rgb="FFA5A5A5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFA5A5A5"/>
           <bgColor rgb="FFA5A5A5"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFA5A5A5"/>
           <bgColor rgb="FFA5A5A5"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="commentsmeta0"/></Relationships>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -1609,64 +1568,60 @@
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF009900"/>
   </sheetPr>
   <dimension ref="A1:J1000"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C20" sqref="C20"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
     <col min="2" max="2" width="5.5703125" customWidth="1"/>
     <col min="3" max="3" width="42.42578125" customWidth="1"/>
     <col min="4" max="4" width="9.28515625" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" customWidth="1"/>
     <col min="7" max="7" width="13.7109375" customWidth="1"/>
     <col min="8" max="8" width="20.28515625" customWidth="1"/>
     <col min="9" max="10" width="41.5703125" customWidth="1"/>
     <col min="11" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="24" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="23" t="s">
         <v>2</v>
@@ -7174,51 +7129,50 @@
     <row r="998" spans="4:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D998" s="19"/>
       <c r="F998" s="19"/>
       <c r="G998" s="19"/>
     </row>
     <row r="999" spans="4:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D999" s="19"/>
       <c r="F999" s="19"/>
       <c r="G999" s="19"/>
     </row>
     <row r="1000" spans="4:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D1000" s="19"/>
       <c r="F1000" s="19"/>
       <c r="G1000" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:A7"/>
     <mergeCell ref="A8:A14"/>
     <mergeCell ref="A15:A20"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait"/>
-  <legacyDrawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000000000000}">
           <x14:formula1>
             <xm:f>PickList!$C$2:$C$8</xm:f>
           </x14:formula1>
           <xm:sqref>F2:F29 H2:H29</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>PickList!$A$1:$A$4</xm:f>
           </x14:formula1>
           <xm:sqref>D2:D29</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
             <xm:f>PickList!$D$3:$D$8</xm:f>
           </x14:formula1>
           <xm:sqref>G2:G29</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000003000000}">
           <x14:formula1>
             <xm:f>PickList!$D$2:$D$8</xm:f>
           </x14:formula1>
@@ -36625,277 +36579,277 @@
     <row r="989" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="990" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="991" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="992" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="993" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="994" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="995" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="996" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="997" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="998" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="999" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1000" s="25" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:D1000"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="24.140625" customWidth="1"/>
     <col min="3" max="3" width="36.28515625" customWidth="1"/>
     <col min="4" max="4" width="97.140625" customWidth="1"/>
     <col min="5" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="41" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="52" t="s">
+      <c r="A1" s="49" t="s">
         <v>211</v>
       </c>
-      <c r="B1" s="53"/>
-[...1 lines deleted...]
-      <c r="D1" s="53"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
     </row>
     <row r="2" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="35" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="34" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="35" t="s">
         <v>58</v>
       </c>
       <c r="D2" s="36" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="49">
+      <c r="A3" s="51">
         <v>1</v>
       </c>
-      <c r="B3" s="50" t="s">
+      <c r="B3" s="52" t="s">
         <v>11</v>
       </c>
-      <c r="C3" s="51" t="s">
+      <c r="C3" s="53" t="s">
         <v>60</v>
       </c>
       <c r="D3" s="37" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="49"/>
-[...1 lines deleted...]
-      <c r="C4" s="51"/>
+      <c r="A4" s="51"/>
+      <c r="B4" s="52"/>
+      <c r="C4" s="53"/>
       <c r="D4" s="37" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="49"/>
-[...1 lines deleted...]
-      <c r="C5" s="51"/>
+      <c r="A5" s="51"/>
+      <c r="B5" s="52"/>
+      <c r="C5" s="53"/>
       <c r="D5" s="37" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="49"/>
-[...1 lines deleted...]
-      <c r="C6" s="51"/>
+      <c r="A6" s="51"/>
+      <c r="B6" s="52"/>
+      <c r="C6" s="53"/>
       <c r="D6" s="37" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="49">
+      <c r="A7" s="51">
         <v>2</v>
       </c>
-      <c r="B7" s="50" t="s">
+      <c r="B7" s="52" t="s">
         <v>13</v>
       </c>
-      <c r="C7" s="51" t="s">
+      <c r="C7" s="53" t="s">
         <v>65</v>
       </c>
       <c r="D7" s="37" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="49"/>
-[...1 lines deleted...]
-      <c r="C8" s="51"/>
+      <c r="A8" s="51"/>
+      <c r="B8" s="52"/>
+      <c r="C8" s="53"/>
       <c r="D8" s="37" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="49"/>
-[...1 lines deleted...]
-      <c r="C9" s="51"/>
+      <c r="A9" s="51"/>
+      <c r="B9" s="52"/>
+      <c r="C9" s="53"/>
       <c r="D9" s="37" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="49">
+      <c r="A10" s="51">
         <v>3</v>
       </c>
-      <c r="B10" s="50" t="s">
+      <c r="B10" s="52" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="51" t="s">
+      <c r="C10" s="53" t="s">
         <v>68</v>
       </c>
       <c r="D10" s="37" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="49"/>
-[...1 lines deleted...]
-      <c r="C11" s="51"/>
+      <c r="A11" s="51"/>
+      <c r="B11" s="52"/>
+      <c r="C11" s="53"/>
       <c r="D11" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="49"/>
-[...1 lines deleted...]
-      <c r="C12" s="51"/>
+      <c r="A12" s="51"/>
+      <c r="B12" s="52"/>
+      <c r="C12" s="53"/>
       <c r="D12" s="37" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="49"/>
-[...1 lines deleted...]
-      <c r="C13" s="51"/>
+      <c r="A13" s="51"/>
+      <c r="B13" s="52"/>
+      <c r="C13" s="53"/>
       <c r="D13" s="37" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="49">
+      <c r="A14" s="51">
         <v>4</v>
       </c>
-      <c r="B14" s="50" t="s">
+      <c r="B14" s="52" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="51" t="s">
+      <c r="C14" s="53" t="s">
         <v>73</v>
       </c>
       <c r="D14" s="37" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="49"/>
-[...1 lines deleted...]
-      <c r="C15" s="51"/>
+      <c r="A15" s="51"/>
+      <c r="B15" s="52"/>
+      <c r="C15" s="53"/>
       <c r="D15" s="37" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="49"/>
-[...1 lines deleted...]
-      <c r="C16" s="51"/>
+      <c r="A16" s="51"/>
+      <c r="B16" s="52"/>
+      <c r="C16" s="53"/>
       <c r="D16" s="37" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="49">
+      <c r="A17" s="51">
         <v>5</v>
       </c>
-      <c r="B17" s="50" t="s">
+      <c r="B17" s="52" t="s">
         <v>16</v>
       </c>
-      <c r="C17" s="51" t="s">
+      <c r="C17" s="53" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="37" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="49"/>
-[...1 lines deleted...]
-      <c r="C18" s="51"/>
+      <c r="A18" s="51"/>
+      <c r="B18" s="52"/>
+      <c r="C18" s="53"/>
       <c r="D18" s="37" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="49"/>
-[...1 lines deleted...]
-      <c r="C19" s="51"/>
+      <c r="A19" s="51"/>
+      <c r="B19" s="52"/>
+      <c r="C19" s="53"/>
       <c r="D19" s="37" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="49">
+      <c r="A20" s="51">
         <v>6</v>
       </c>
-      <c r="B20" s="50" t="s">
+      <c r="B20" s="52" t="s">
         <v>17</v>
       </c>
-      <c r="C20" s="51" t="s">
+      <c r="C20" s="53" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="49"/>
-[...1 lines deleted...]
-      <c r="C21" s="51"/>
+      <c r="A21" s="51"/>
+      <c r="B21" s="52"/>
+      <c r="C21" s="53"/>
       <c r="D21" s="37" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="A22" s="49"/>
-[...1 lines deleted...]
-      <c r="C22" s="51"/>
+      <c r="A22" s="51"/>
+      <c r="B22" s="52"/>
+      <c r="C22" s="53"/>
       <c r="D22" s="37" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -37836,379 +37790,379 @@
     <row r="978" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="979" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="980" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="981" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="982" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="983" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="984" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="985" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="986" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="987" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="988" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="989" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="990" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="991" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="992" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="993" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="994" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="995" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="996" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="997" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="998" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="999" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1000" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="A10:A13"/>
+    <mergeCell ref="B10:B13"/>
+    <mergeCell ref="C10:C13"/>
+    <mergeCell ref="A14:A16"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="C14:C16"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="C17:C19"/>
+    <mergeCell ref="A20:A22"/>
+    <mergeCell ref="B20:B22"/>
+    <mergeCell ref="C20:C22"/>
+    <mergeCell ref="A17:A19"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A3:A6"/>
     <mergeCell ref="B3:B6"/>
     <mergeCell ref="C3:C6"/>
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="C7:C9"/>
-    <mergeCell ref="B17:B19"/>
-[...10 lines deleted...]
-    <mergeCell ref="C14:C16"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:D1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" customWidth="1"/>
     <col min="3" max="3" width="36.42578125" customWidth="1"/>
     <col min="4" max="4" width="75.140625" customWidth="1"/>
     <col min="5" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="59" t="s">
+      <c r="A1" s="54" t="s">
         <v>224</v>
       </c>
-      <c r="B1" s="53"/>
-[...1 lines deleted...]
-      <c r="D1" s="53"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
     </row>
     <row r="2" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="30" t="s">
         <v>84</v>
       </c>
       <c r="B2" s="32" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="30" t="s">
         <v>58</v>
       </c>
       <c r="D2" s="33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="57">
+      <c r="A3" s="55">
         <v>7</v>
       </c>
-      <c r="B3" s="55" t="s">
+      <c r="B3" s="56" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="56" t="s">
+      <c r="C3" s="57" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="29" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="57"/>
-[...1 lines deleted...]
-      <c r="C4" s="56"/>
+      <c r="A4" s="55"/>
+      <c r="B4" s="56"/>
+      <c r="C4" s="57"/>
       <c r="D4" s="29" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="57"/>
-[...1 lines deleted...]
-      <c r="C5" s="56"/>
+      <c r="A5" s="55"/>
+      <c r="B5" s="56"/>
+      <c r="C5" s="57"/>
       <c r="D5" s="29" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="57"/>
-[...1 lines deleted...]
-      <c r="C6" s="56"/>
+      <c r="A6" s="55"/>
+      <c r="B6" s="56"/>
+      <c r="C6" s="57"/>
       <c r="D6" s="29" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="57"/>
-[...1 lines deleted...]
-      <c r="C7" s="56"/>
+      <c r="A7" s="55"/>
+      <c r="B7" s="56"/>
+      <c r="C7" s="57"/>
       <c r="D7" s="29" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="57"/>
-[...1 lines deleted...]
-      <c r="C8" s="56"/>
+      <c r="A8" s="55"/>
+      <c r="B8" s="56"/>
+      <c r="C8" s="57"/>
       <c r="D8" s="29" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="57">
+      <c r="A9" s="55">
         <v>8</v>
       </c>
-      <c r="B9" s="55" t="s">
+      <c r="B9" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="56" t="s">
+      <c r="C9" s="57" t="s">
         <v>89</v>
       </c>
       <c r="D9" s="29" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="57"/>
-[...1 lines deleted...]
-      <c r="C10" s="56"/>
+      <c r="A10" s="55"/>
+      <c r="B10" s="56"/>
+      <c r="C10" s="57"/>
       <c r="D10" s="29" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="57"/>
-[...1 lines deleted...]
-      <c r="C11" s="56"/>
+      <c r="A11" s="55"/>
+      <c r="B11" s="56"/>
+      <c r="C11" s="57"/>
       <c r="D11" s="29" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="57">
+      <c r="A12" s="55">
         <v>9</v>
       </c>
-      <c r="B12" s="55" t="s">
+      <c r="B12" s="56" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="56" t="s">
+      <c r="C12" s="57" t="s">
         <v>93</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="57"/>
-[...1 lines deleted...]
-      <c r="C13" s="56"/>
+      <c r="A13" s="55"/>
+      <c r="B13" s="56"/>
+      <c r="C13" s="57"/>
       <c r="D13" s="29" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="57"/>
-[...1 lines deleted...]
-      <c r="C14" s="56"/>
+      <c r="A14" s="55"/>
+      <c r="B14" s="56"/>
+      <c r="C14" s="57"/>
       <c r="D14" s="29" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="57">
+      <c r="A15" s="55">
         <v>10</v>
       </c>
-      <c r="B15" s="55" t="s">
+      <c r="B15" s="56" t="s">
         <v>22</v>
       </c>
-      <c r="C15" s="56" t="s">
+      <c r="C15" s="57" t="s">
         <v>97</v>
       </c>
       <c r="D15" s="29" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="57"/>
-[...1 lines deleted...]
-      <c r="C16" s="56"/>
+      <c r="A16" s="55"/>
+      <c r="B16" s="56"/>
+      <c r="C16" s="57"/>
       <c r="D16" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="57"/>
-[...1 lines deleted...]
-      <c r="C17" s="56"/>
+      <c r="A17" s="55"/>
+      <c r="B17" s="56"/>
+      <c r="C17" s="57"/>
       <c r="D17" s="29" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="57"/>
-[...1 lines deleted...]
-      <c r="C18" s="56"/>
+      <c r="A18" s="55"/>
+      <c r="B18" s="56"/>
+      <c r="C18" s="57"/>
       <c r="D18" s="29" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="57">
+      <c r="A19" s="55">
         <v>11</v>
       </c>
-      <c r="B19" s="55" t="s">
+      <c r="B19" s="56" t="s">
         <v>23</v>
       </c>
-      <c r="C19" s="56" t="s">
+      <c r="C19" s="57" t="s">
         <v>102</v>
       </c>
       <c r="D19" s="29" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="57"/>
-[...1 lines deleted...]
-      <c r="C20" s="56"/>
+      <c r="A20" s="55"/>
+      <c r="B20" s="56"/>
+      <c r="C20" s="57"/>
       <c r="D20" s="29" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="57"/>
-[...1 lines deleted...]
-      <c r="C21" s="56"/>
+      <c r="A21" s="55"/>
+      <c r="B21" s="56"/>
+      <c r="C21" s="57"/>
       <c r="D21" s="29" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="57"/>
-[...1 lines deleted...]
-      <c r="C22" s="56"/>
+      <c r="A22" s="55"/>
+      <c r="B22" s="56"/>
+      <c r="C22" s="57"/>
       <c r="D22" s="29" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="57">
+      <c r="A23" s="55">
         <v>12</v>
       </c>
-      <c r="B23" s="58" t="s">
+      <c r="B23" s="59" t="s">
         <v>24</v>
       </c>
-      <c r="C23" s="56" t="s">
+      <c r="C23" s="57" t="s">
         <v>104</v>
       </c>
       <c r="D23" s="29" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="57"/>
-[...1 lines deleted...]
-      <c r="C24" s="56"/>
+      <c r="A24" s="55"/>
+      <c r="B24" s="59"/>
+      <c r="C24" s="57"/>
       <c r="D24" s="29" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="57"/>
-[...1 lines deleted...]
-      <c r="C25" s="56"/>
+      <c r="A25" s="55"/>
+      <c r="B25" s="59"/>
+      <c r="C25" s="57"/>
       <c r="D25" s="29" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="57"/>
-[...1 lines deleted...]
-      <c r="C26" s="56"/>
+      <c r="A26" s="55"/>
+      <c r="B26" s="59"/>
+      <c r="C26" s="57"/>
       <c r="D26" s="29" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="54">
+      <c r="A27" s="58">
         <v>13</v>
       </c>
-      <c r="B27" s="55" t="s">
+      <c r="B27" s="56" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="56" t="s">
+      <c r="C27" s="57" t="s">
         <v>108</v>
       </c>
       <c r="D27" s="29" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="54"/>
-[...1 lines deleted...]
-      <c r="C28" s="56"/>
+      <c r="A28" s="58"/>
+      <c r="B28" s="56"/>
+      <c r="C28" s="57"/>
       <c r="D28" s="29" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="54"/>
-[...1 lines deleted...]
-      <c r="C29" s="56"/>
+      <c r="A29" s="58"/>
+      <c r="B29" s="56"/>
+      <c r="C29" s="57"/>
       <c r="D29" s="29" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="54"/>
-[...1 lines deleted...]
-      <c r="C30" s="56"/>
+      <c r="A30" s="58"/>
+      <c r="B30" s="56"/>
+      <c r="C30" s="57"/>
       <c r="D30" s="29" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -39142,358 +39096,358 @@
     <row r="979" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="980" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="981" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="982" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="983" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="984" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="985" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="986" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="987" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="988" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="989" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="990" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="991" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="992" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="993" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="994" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="995" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="996" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="997" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="998" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="999" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1000" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1001" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="22">
-    <mergeCell ref="A1:D1"/>
-[...5 lines deleted...]
-    <mergeCell ref="C9:C11"/>
     <mergeCell ref="A27:A30"/>
     <mergeCell ref="B27:B30"/>
     <mergeCell ref="C27:C30"/>
     <mergeCell ref="A12:A14"/>
     <mergeCell ref="B12:B14"/>
     <mergeCell ref="C12:C14"/>
     <mergeCell ref="A15:A18"/>
     <mergeCell ref="B15:B18"/>
     <mergeCell ref="C15:C18"/>
     <mergeCell ref="A19:A22"/>
     <mergeCell ref="B19:B22"/>
     <mergeCell ref="C19:C22"/>
     <mergeCell ref="A23:A26"/>
     <mergeCell ref="B23:B26"/>
     <mergeCell ref="C23:C26"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A3:A8"/>
+    <mergeCell ref="B3:B8"/>
+    <mergeCell ref="C3:C8"/>
+    <mergeCell ref="A9:A11"/>
+    <mergeCell ref="B9:B11"/>
+    <mergeCell ref="C9:C11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:D1002"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D34" sqref="D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" customWidth="1"/>
     <col min="3" max="3" width="40.85546875" customWidth="1"/>
     <col min="4" max="4" width="76.140625" customWidth="1"/>
     <col min="5" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="62" t="s">
         <v>225</v>
       </c>
-      <c r="B1" s="53"/>
-[...1 lines deleted...]
-      <c r="D1" s="53"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
     </row>
     <row r="2" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="30" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="32" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="32" t="s">
         <v>58</v>
       </c>
       <c r="D2" s="33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="57">
+      <c r="A3" s="55">
         <v>14</v>
       </c>
       <c r="B3" s="60" t="s">
         <v>27</v>
       </c>
       <c r="C3" s="61" t="s">
         <v>112</v>
       </c>
       <c r="D3" s="29" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="57"/>
+      <c r="A4" s="55"/>
       <c r="B4" s="60"/>
       <c r="C4" s="61"/>
       <c r="D4" s="29" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="57"/>
+      <c r="A5" s="55"/>
       <c r="B5" s="60"/>
       <c r="C5" s="61"/>
       <c r="D5" s="29" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="57"/>
+      <c r="A6" s="55"/>
       <c r="B6" s="60"/>
       <c r="C6" s="61"/>
       <c r="D6" s="29" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="57"/>
+      <c r="A7" s="55"/>
       <c r="B7" s="60"/>
       <c r="C7" s="61"/>
       <c r="D7" s="29" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="57">
+      <c r="A8" s="55">
         <v>15</v>
       </c>
       <c r="B8" s="60" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="61" t="s">
         <v>116</v>
       </c>
       <c r="D8" s="29" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="57"/>
+      <c r="A9" s="55"/>
       <c r="B9" s="60"/>
       <c r="C9" s="61"/>
       <c r="D9" s="29" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="57"/>
+      <c r="A10" s="55"/>
       <c r="B10" s="60"/>
       <c r="C10" s="61"/>
       <c r="D10" s="29" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="57"/>
+      <c r="A11" s="55"/>
       <c r="B11" s="60"/>
       <c r="C11" s="61"/>
       <c r="D11" s="29" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="57">
+      <c r="A12" s="55">
         <v>16</v>
       </c>
       <c r="B12" s="60" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="61" t="s">
         <v>117</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="57"/>
+      <c r="A13" s="55"/>
       <c r="B13" s="60"/>
       <c r="C13" s="61"/>
       <c r="D13" s="29" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="57"/>
+      <c r="A14" s="55"/>
       <c r="B14" s="60"/>
       <c r="C14" s="61"/>
       <c r="D14" s="29" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="57"/>
+      <c r="A15" s="55"/>
       <c r="B15" s="60"/>
       <c r="C15" s="61"/>
       <c r="D15" s="29" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A16" s="57">
+      <c r="A16" s="55">
         <v>17</v>
       </c>
       <c r="B16" s="60" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="61" t="s">
         <v>205</v>
       </c>
       <c r="D16" s="29" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="57"/>
+      <c r="A17" s="55"/>
       <c r="B17" s="60"/>
       <c r="C17" s="61"/>
       <c r="D17" s="29" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="57"/>
+      <c r="A18" s="55"/>
       <c r="B18" s="60"/>
       <c r="C18" s="61"/>
       <c r="D18" s="29" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="57"/>
+      <c r="A19" s="55"/>
       <c r="B19" s="60"/>
       <c r="C19" s="61"/>
       <c r="D19" s="29" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="57">
+      <c r="A20" s="55">
         <v>18</v>
       </c>
       <c r="B20" s="60" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="61" t="s">
         <v>124</v>
       </c>
       <c r="D20" s="29" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="57"/>
+      <c r="A21" s="55"/>
       <c r="B21" s="60"/>
       <c r="C21" s="61"/>
       <c r="D21" s="29" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="57"/>
+      <c r="A22" s="55"/>
       <c r="B22" s="60"/>
       <c r="C22" s="61"/>
       <c r="D22" s="29" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="57"/>
+      <c r="A23" s="55"/>
       <c r="B23" s="60"/>
       <c r="C23" s="61"/>
       <c r="D23" s="29" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="57">
+      <c r="A24" s="55">
         <v>19</v>
       </c>
       <c r="B24" s="60" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="61" t="s">
         <v>129</v>
       </c>
       <c r="D24" s="29" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="57"/>
+      <c r="A25" s="55"/>
       <c r="B25" s="60"/>
       <c r="C25" s="61"/>
       <c r="D25" s="29" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="57"/>
+      <c r="A26" s="55"/>
       <c r="B26" s="60"/>
       <c r="C26" s="61"/>
       <c r="D26" s="29" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="57"/>
+      <c r="A27" s="55"/>
       <c r="B27" s="60"/>
       <c r="C27" s="61"/>
       <c r="D27" s="29" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="57"/>
+      <c r="A28" s="55"/>
       <c r="B28" s="60"/>
       <c r="C28" s="61"/>
       <c r="D28" s="29" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -40432,280 +40386,280 @@
     <row r="980" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="981" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="982" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="983" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="984" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="985" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="986" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="987" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="988" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="989" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="990" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="991" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="992" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="993" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="994" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="995" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="996" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="997" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="998" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="999" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1000" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1001" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1002" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="A12:A15"/>
+    <mergeCell ref="B12:B15"/>
+    <mergeCell ref="C12:C15"/>
     <mergeCell ref="A24:A28"/>
     <mergeCell ref="B24:B28"/>
     <mergeCell ref="C24:C28"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A3:A7"/>
     <mergeCell ref="B3:B7"/>
     <mergeCell ref="C3:C7"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="B16:B19"/>
     <mergeCell ref="C16:C19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="B20:B23"/>
     <mergeCell ref="C20:C23"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="B8:B11"/>
     <mergeCell ref="C8:C11"/>
-    <mergeCell ref="A12:A15"/>
-[...1 lines deleted...]
-    <mergeCell ref="C12:C15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:D1001"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" customWidth="1"/>
     <col min="3" max="3" width="35.42578125" customWidth="1"/>
     <col min="4" max="4" width="79.28515625" customWidth="1"/>
     <col min="5" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="63" t="s">
+      <c r="A1" s="64" t="s">
         <v>133</v>
       </c>
-      <c r="B1" s="53"/>
-[...1 lines deleted...]
-      <c r="D1" s="53"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
     </row>
     <row r="2" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="39" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="38" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="39" t="s">
         <v>58</v>
       </c>
       <c r="D2" s="40" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="54">
+      <c r="A3" s="58">
         <v>20</v>
       </c>
-      <c r="B3" s="64" t="s">
+      <c r="B3" s="63" t="s">
         <v>34</v>
       </c>
       <c r="C3" s="61" t="s">
         <v>134</v>
       </c>
       <c r="D3" s="29" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="54"/>
-      <c r="B4" s="64"/>
+      <c r="A4" s="58"/>
+      <c r="B4" s="63"/>
       <c r="C4" s="61"/>
       <c r="D4" s="29" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="54"/>
-      <c r="B5" s="64"/>
+      <c r="A5" s="58"/>
+      <c r="B5" s="63"/>
       <c r="C5" s="61"/>
       <c r="D5" s="29" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="54"/>
-      <c r="B6" s="64"/>
+      <c r="A6" s="58"/>
+      <c r="B6" s="63"/>
       <c r="C6" s="61"/>
       <c r="D6" s="29" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="54"/>
-      <c r="B7" s="64"/>
+      <c r="A7" s="58"/>
+      <c r="B7" s="63"/>
       <c r="C7" s="61"/>
       <c r="D7" s="29" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="54">
+      <c r="A8" s="58">
         <v>21</v>
       </c>
-      <c r="B8" s="64" t="s">
+      <c r="B8" s="63" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="61" t="s">
         <v>140</v>
       </c>
       <c r="D8" s="29" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="54"/>
-      <c r="B9" s="64"/>
+      <c r="A9" s="58"/>
+      <c r="B9" s="63"/>
       <c r="C9" s="61"/>
       <c r="D9" s="29" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="54"/>
-      <c r="B10" s="64"/>
+      <c r="A10" s="58"/>
+      <c r="B10" s="63"/>
       <c r="C10" s="61"/>
       <c r="D10" s="29" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="54"/>
-      <c r="B11" s="64"/>
+      <c r="A11" s="58"/>
+      <c r="B11" s="63"/>
       <c r="C11" s="61"/>
       <c r="D11" s="29" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="54">
+      <c r="A12" s="58">
         <v>22</v>
       </c>
-      <c r="B12" s="64" t="s">
+      <c r="B12" s="63" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="61" t="s">
         <v>144</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="54"/>
-      <c r="B13" s="64"/>
+      <c r="A13" s="58"/>
+      <c r="B13" s="63"/>
       <c r="C13" s="61"/>
       <c r="D13" s="29" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="54"/>
-      <c r="B14" s="64"/>
+      <c r="A14" s="58"/>
+      <c r="B14" s="63"/>
       <c r="C14" s="61"/>
       <c r="D14" s="29" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="45" x14ac:dyDescent="0.25">
-      <c r="A15" s="54"/>
-      <c r="B15" s="64"/>
+      <c r="A15" s="58"/>
+      <c r="B15" s="63"/>
       <c r="C15" s="61"/>
       <c r="D15" s="29" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A16" s="54"/>
-      <c r="B16" s="64"/>
+      <c r="A16" s="58"/>
+      <c r="B16" s="63"/>
       <c r="C16" s="61"/>
       <c r="D16" s="29" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="54">
+      <c r="A17" s="58">
         <v>23</v>
       </c>
-      <c r="B17" s="64" t="s">
+      <c r="B17" s="63" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="61" t="s">
         <v>149</v>
       </c>
       <c r="D17" s="29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="54"/>
-      <c r="B18" s="64"/>
+      <c r="A18" s="58"/>
+      <c r="B18" s="63"/>
       <c r="C18" s="61"/>
       <c r="D18" s="29" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="54"/>
-      <c r="B19" s="64"/>
+      <c r="A19" s="58"/>
+      <c r="B19" s="63"/>
       <c r="C19" s="61"/>
       <c r="D19" s="29" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="54"/>
-      <c r="B20" s="64"/>
+      <c r="A20" s="58"/>
+      <c r="B20" s="63"/>
       <c r="C20" s="61"/>
       <c r="D20" s="29" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="23" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="28" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -41650,344 +41604,344 @@
     <row r="979" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="980" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="981" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="982" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="983" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="984" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="985" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="986" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="987" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="988" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="989" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="990" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="991" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="992" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="993" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="994" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="995" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="996" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="997" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="998" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="999" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1000" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1001" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="13">
-    <mergeCell ref="A12:A16"/>
-[...4 lines deleted...]
-    <mergeCell ref="C17:C20"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A3:A7"/>
     <mergeCell ref="B3:B7"/>
     <mergeCell ref="C3:C7"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="B8:B11"/>
     <mergeCell ref="C8:C11"/>
+    <mergeCell ref="A12:A16"/>
+    <mergeCell ref="B12:B16"/>
+    <mergeCell ref="C12:C16"/>
+    <mergeCell ref="A17:A20"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="C17:C20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:D1003"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C3" sqref="C3:C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
     <col min="2" max="2" width="23.85546875" customWidth="1"/>
     <col min="3" max="3" width="40.140625" customWidth="1"/>
     <col min="4" max="4" width="88.140625" customWidth="1"/>
     <col min="5" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="66" t="s">
+      <c r="A1" s="65" t="s">
         <v>222</v>
       </c>
-      <c r="B1" s="53"/>
-[...1 lines deleted...]
-      <c r="D1" s="53"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
     </row>
     <row r="2" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="30" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="32" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="30" t="s">
         <v>58</v>
       </c>
       <c r="D2" s="31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="57">
+      <c r="A3" s="55">
         <v>24</v>
       </c>
-      <c r="B3" s="65" t="s">
+      <c r="B3" s="66" t="s">
         <v>39</v>
       </c>
       <c r="C3" s="61" t="s">
         <v>212</v>
       </c>
       <c r="D3" s="29" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A4" s="57"/>
-      <c r="B4" s="65"/>
+      <c r="A4" s="55"/>
+      <c r="B4" s="66"/>
       <c r="C4" s="61"/>
       <c r="D4" s="29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="A5" s="57"/>
-      <c r="B5" s="65"/>
+      <c r="A5" s="55"/>
+      <c r="B5" s="66"/>
       <c r="C5" s="61"/>
       <c r="D5" s="29" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="A6" s="57"/>
-      <c r="B6" s="65"/>
+      <c r="A6" s="55"/>
+      <c r="B6" s="66"/>
       <c r="C6" s="61"/>
       <c r="D6" s="29" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="57"/>
-      <c r="B7" s="65"/>
+      <c r="A7" s="55"/>
+      <c r="B7" s="66"/>
       <c r="C7" s="61"/>
       <c r="D7" s="29" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A8" s="57"/>
-      <c r="B8" s="65"/>
+      <c r="A8" s="55"/>
+      <c r="B8" s="66"/>
       <c r="C8" s="61"/>
       <c r="D8" s="29" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="A9" s="57">
+      <c r="A9" s="55">
         <v>25</v>
       </c>
-      <c r="B9" s="65" t="s">
+      <c r="B9" s="66" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="61" t="s">
         <v>159</v>
       </c>
       <c r="D9" s="29" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A10" s="57"/>
-      <c r="B10" s="65"/>
+      <c r="A10" s="55"/>
+      <c r="B10" s="66"/>
       <c r="C10" s="61"/>
       <c r="D10" s="29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A11" s="57"/>
-      <c r="B11" s="65"/>
+      <c r="A11" s="55"/>
+      <c r="B11" s="66"/>
       <c r="C11" s="61"/>
       <c r="D11" s="29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A12" s="57"/>
-      <c r="B12" s="65"/>
+      <c r="A12" s="55"/>
+      <c r="B12" s="66"/>
       <c r="C12" s="61"/>
       <c r="D12" s="29" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A13" s="57"/>
-      <c r="B13" s="65"/>
+      <c r="A13" s="55"/>
+      <c r="B13" s="66"/>
       <c r="C13" s="61"/>
       <c r="D13" s="29" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A14" s="57"/>
-      <c r="B14" s="65"/>
+      <c r="A14" s="55"/>
+      <c r="B14" s="66"/>
       <c r="C14" s="61"/>
       <c r="D14" s="29" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A15" s="57"/>
-      <c r="B15" s="65"/>
+      <c r="A15" s="55"/>
+      <c r="B15" s="66"/>
       <c r="C15" s="61"/>
       <c r="D15" s="29" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A16" s="57">
+      <c r="A16" s="55">
         <v>26</v>
       </c>
-      <c r="B16" s="65" t="s">
+      <c r="B16" s="66" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="61" t="s">
         <v>215</v>
       </c>
       <c r="D16" s="29" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A17" s="57"/>
-      <c r="B17" s="65"/>
+      <c r="A17" s="55"/>
+      <c r="B17" s="66"/>
       <c r="C17" s="61"/>
       <c r="D17" s="29" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="A18" s="57"/>
-      <c r="B18" s="65"/>
+      <c r="A18" s="55"/>
+      <c r="B18" s="66"/>
       <c r="C18" s="61"/>
       <c r="D18" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="57"/>
-      <c r="B19" s="65"/>
+      <c r="A19" s="55"/>
+      <c r="B19" s="66"/>
       <c r="C19" s="61"/>
       <c r="D19" s="29" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="57"/>
-      <c r="B20" s="65"/>
+      <c r="A20" s="55"/>
+      <c r="B20" s="66"/>
       <c r="C20" s="61"/>
       <c r="D20" s="29" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="30" x14ac:dyDescent="0.25">
-      <c r="A21" s="57">
+      <c r="A21" s="55">
         <v>27</v>
       </c>
-      <c r="B21" s="65" t="s">
+      <c r="B21" s="66" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="61" t="s">
         <v>168</v>
       </c>
       <c r="D21" s="29" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A22" s="57"/>
-      <c r="B22" s="65"/>
+      <c r="A22" s="55"/>
+      <c r="B22" s="66"/>
       <c r="C22" s="61"/>
       <c r="D22" s="29" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A23" s="57"/>
-      <c r="B23" s="65"/>
+      <c r="A23" s="55"/>
+      <c r="B23" s="66"/>
       <c r="C23" s="61"/>
       <c r="D23" s="29" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A24" s="57">
+      <c r="A24" s="55">
         <v>28</v>
       </c>
-      <c r="B24" s="65" t="s">
+      <c r="B24" s="66" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="61" t="s">
         <v>170</v>
       </c>
       <c r="D24" s="29" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A25" s="57"/>
-      <c r="B25" s="65"/>
+      <c r="A25" s="55"/>
+      <c r="B25" s="66"/>
       <c r="C25" s="61"/>
       <c r="D25" s="29" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A26" s="57"/>
-      <c r="B26" s="65"/>
+      <c r="A26" s="55"/>
+      <c r="B26" s="66"/>
       <c r="C26" s="61"/>
       <c r="D26" s="29" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A27" s="57"/>
-      <c r="B27" s="65"/>
+      <c r="A27" s="55"/>
+      <c r="B27" s="66"/>
       <c r="C27" s="61"/>
       <c r="D27" s="29" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A28" s="57"/>
-      <c r="B28" s="65"/>
+      <c r="A28" s="55"/>
+      <c r="B28" s="66"/>
       <c r="C28" s="61"/>
       <c r="D28" s="29" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -42926,66 +42880,66 @@
     <row r="981" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="982" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="983" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="984" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="985" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="986" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="987" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="988" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="989" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="990" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="991" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="992" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="993" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="994" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="995" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="996" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="997" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="998" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="999" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1000" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1001" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1002" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="1003" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="A1:D1"/>
-[...5 lines deleted...]
-    <mergeCell ref="C9:C15"/>
     <mergeCell ref="B24:B28"/>
     <mergeCell ref="C24:C28"/>
     <mergeCell ref="A16:A20"/>
     <mergeCell ref="B16:B20"/>
     <mergeCell ref="C16:C20"/>
     <mergeCell ref="A21:A23"/>
     <mergeCell ref="B21:B23"/>
     <mergeCell ref="C21:C23"/>
     <mergeCell ref="A24:A28"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A3:A8"/>
+    <mergeCell ref="B3:B8"/>
+    <mergeCell ref="C3:C8"/>
+    <mergeCell ref="A9:A15"/>
+    <mergeCell ref="B9:B15"/>
+    <mergeCell ref="C9:C15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:D1000"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="8.7109375" customWidth="1"/>
     <col min="3" max="3" width="19.140625" customWidth="1"/>
     <col min="4" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">